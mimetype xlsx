--- v0 (2025-12-05)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Microbiological Labs" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="431">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
   <si>
     <t>Certificate No.</t>
   </si>
   <si>
     <t>Lab Name</t>
   </si>
   <si>
     <t>Address line1</t>
   </si>
   <si>
     <t>Address line2</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip Code</t>
   </si>
   <si>
     <t>Contact Name</t>
   </si>
   <si>
@@ -332,774 +332,777 @@
   <si>
     <t>417-831-8823</t>
   </si>
   <si>
     <t>May 31, 2028</t>
   </si>
   <si>
     <t>Clarence Cannon Wholesale Water Commission Laboratory</t>
   </si>
   <si>
     <t>34146 Route U</t>
   </si>
   <si>
     <t>Stoutsville</t>
   </si>
   <si>
     <t>Scott Allen</t>
   </si>
   <si>
     <t>Plant Manager</t>
   </si>
   <si>
     <t>573-672-3237</t>
   </si>
   <si>
+    <t>Jan 31, 2029</t>
+  </si>
+  <si>
+    <t>Columbia Water and Light Department Power Plant</t>
+  </si>
+  <si>
+    <t>1501 Business Loop 70 E.</t>
+  </si>
+  <si>
+    <t>Columbia</t>
+  </si>
+  <si>
+    <t>Deidra McClendon</t>
+  </si>
+  <si>
+    <t>573-874-6242</t>
+  </si>
+  <si>
+    <t>Culligan Analytical Laboratory</t>
+  </si>
+  <si>
+    <t>9399 W. Higgins Road, Suite 1100</t>
+  </si>
+  <si>
+    <t>Rosemont</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>Maria Mozdzen</t>
+  </si>
+  <si>
+    <t>Quality Assurance Officer</t>
+  </si>
+  <si>
+    <t>847-430-2800</t>
+  </si>
+  <si>
+    <t>Sep 30, 2026</t>
+  </si>
+  <si>
+    <t>Eastern Missouri Water Lab</t>
+  </si>
+  <si>
+    <t>7086 Highway FF</t>
+  </si>
+  <si>
+    <t>Lonedell</t>
+  </si>
+  <si>
+    <t>Amanda Chapman</t>
+  </si>
+  <si>
+    <t>636-775-2889</t>
+  </si>
+  <si>
+    <t>Nov 30, 2027</t>
+  </si>
+  <si>
+    <t>EMSL Analytical Inc.-St. Louis</t>
+  </si>
+  <si>
+    <t>100 Green Park Industrial Court</t>
+  </si>
+  <si>
+    <t>St. Louis</t>
+  </si>
+  <si>
+    <t>Jeff Siria</t>
+  </si>
+  <si>
+    <t>Laboratory Manager</t>
+  </si>
+  <si>
+    <t>314-577-0150</t>
+  </si>
+  <si>
+    <t>Aug 31, 2026</t>
+  </si>
+  <si>
+    <t>Engineering Surveys &amp; Services</t>
+  </si>
+  <si>
+    <t>1113 Fay St.</t>
+  </si>
+  <si>
+    <t>Ross Kasmann</t>
+  </si>
+  <si>
+    <t>573-449-2646</t>
+  </si>
+  <si>
+    <t>Environmental Analysis South</t>
+  </si>
+  <si>
+    <t>4000 E. Jackson Blvd.</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>David Warren</t>
+  </si>
+  <si>
+    <t>CEO/Analyst</t>
+  </si>
+  <si>
+    <t>573-204-8817</t>
+  </si>
+  <si>
+    <t>Fort Leonard Wood Department of Public Health-U.S. Army</t>
+  </si>
+  <si>
+    <t>126 Missouri Ave.</t>
+  </si>
+  <si>
+    <t>Building 310, Suite 124</t>
+  </si>
+  <si>
+    <t>Fort Leonard Wood</t>
+  </si>
+  <si>
+    <t>Captain Brianna M. Allen c/o Jenifer Dougherty</t>
+  </si>
+  <si>
+    <t>573-329-1909</t>
+  </si>
+  <si>
+    <t>Mar 31, 2027</t>
+  </si>
+  <si>
+    <t>Franklin County Lab</t>
+  </si>
+  <si>
+    <t>7419 Highway 47, Suite A</t>
+  </si>
+  <si>
+    <t>Union</t>
+  </si>
+  <si>
+    <t>Kristen Wideman</t>
+  </si>
+  <si>
+    <t>636-583-9288</t>
+  </si>
+  <si>
+    <t>Oct 31, 2028</t>
+  </si>
+  <si>
+    <t>Hannibal Filter Plant</t>
+  </si>
+  <si>
+    <t>Riverview Park</t>
+  </si>
+  <si>
+    <t>Hannibal</t>
+  </si>
+  <si>
+    <t>Lance Kendrick</t>
+  </si>
+  <si>
+    <t>Supervisor</t>
+  </si>
+  <si>
+    <t>573-221-8050</t>
+  </si>
+  <si>
+    <t>Jun 30, 2027</t>
+  </si>
+  <si>
+    <t>IIA Lab Services LLC</t>
+  </si>
+  <si>
+    <t>2810 Clark Ave.</t>
+  </si>
+  <si>
+    <t>Kimberly Kostelac</t>
+  </si>
+  <si>
+    <t>Manager</t>
+  </si>
+  <si>
+    <t>314-531-8080</t>
+  </si>
+  <si>
+    <t>Jul 31, 2028</t>
+  </si>
+  <si>
+    <t>Kansas City Water Services Laboratory</t>
+  </si>
+  <si>
+    <t>2 NE 32nd Ave.</t>
+  </si>
+  <si>
+    <t>Jessica Jensen</t>
+  </si>
+  <si>
+    <t>816-513-7008</t>
+  </si>
+  <si>
+    <t>Kirksville Water Plant</t>
+  </si>
+  <si>
+    <t>Attn: WIP Dennae Dvorak</t>
+  </si>
+  <si>
+    <t>201 S. Franklin</t>
+  </si>
+  <si>
+    <t>Kirksville</t>
+  </si>
+  <si>
+    <t>Kenneth Dunlap</t>
+  </si>
+  <si>
+    <t>660-665-3720</t>
+  </si>
+  <si>
+    <t>pubinfo@kirksvillecity.com</t>
+  </si>
+  <si>
+    <t>Jan 31, 2028</t>
+  </si>
+  <si>
+    <t>Kirkwood Water Department</t>
+  </si>
+  <si>
+    <t>2020 Marshall Road</t>
+  </si>
+  <si>
+    <t>Kirkwood</t>
+  </si>
+  <si>
+    <t>Andy Kees</t>
+  </si>
+  <si>
+    <t>Support Services Supervisor</t>
+  </si>
+  <si>
+    <t>314-822-5890</t>
+  </si>
+  <si>
+    <t>Dec 31, 2026</t>
+  </si>
+  <si>
+    <t>Laclede County Health Department Laboratory</t>
+  </si>
+  <si>
+    <t>405 Harwood Ave.</t>
+  </si>
+  <si>
+    <t>Lebanon</t>
+  </si>
+  <si>
+    <t>Don Myers</t>
+  </si>
+  <si>
+    <t>Laboratory Director/ Supervisor</t>
+  </si>
+  <si>
+    <t>417-532-3477</t>
+  </si>
+  <si>
+    <t>lacledecountyhealth@gmail.com</t>
+  </si>
+  <si>
+    <t>Jul 31, 2027</t>
+  </si>
+  <si>
+    <t>Lake of the Ozarks Water Services</t>
+  </si>
+  <si>
+    <t>380 W. US Hwy 54</t>
+  </si>
+  <si>
+    <t>Camdenton</t>
+  </si>
+  <si>
+    <t>Krystal Ryan</t>
+  </si>
+  <si>
+    <t>573-346-2092</t>
+  </si>
+  <si>
+    <t>LO Environmental</t>
+  </si>
+  <si>
+    <t>1071 Industrial Drive</t>
+  </si>
+  <si>
+    <t>Katelyn Meyers</t>
+  </si>
+  <si>
+    <t>Lab Supervisor</t>
+  </si>
+  <si>
+    <t>573-964-6956</t>
+  </si>
+  <si>
+    <t>info@loenvironmental.com</t>
+  </si>
+  <si>
+    <t>Macon Municipal Utilities</t>
+  </si>
+  <si>
+    <t>1201 Noll Drive</t>
+  </si>
+  <si>
+    <t>Macon</t>
+  </si>
+  <si>
+    <t>Ed Samel</t>
+  </si>
+  <si>
+    <t>660-385-3849</t>
+  </si>
+  <si>
+    <t>Marshall Municipal Utilities Laboratory</t>
+  </si>
+  <si>
+    <t>75 E. Morgan St.</t>
+  </si>
+  <si>
+    <t>Marshall</t>
+  </si>
+  <si>
+    <t>Eric Perkins</t>
+  </si>
+  <si>
+    <t>Lab Technician/ Operator</t>
+  </si>
+  <si>
+    <t>660-886-6966</t>
+  </si>
+  <si>
+    <t>Microbac Laboratories Inc.-Centerville</t>
+  </si>
+  <si>
+    <t>205 E. Van Buren St.</t>
+  </si>
+  <si>
+    <t>Centerville</t>
+  </si>
+  <si>
+    <t>IA</t>
+  </si>
+  <si>
+    <t>Jerry Dawson</t>
+  </si>
+  <si>
+    <t>641-792-8451</t>
+  </si>
+  <si>
+    <t>Microbac Laboratories Inc.-Kansas</t>
+  </si>
+  <si>
+    <t>8557 Long St.</t>
+  </si>
+  <si>
+    <t>Lenexa</t>
+  </si>
+  <si>
+    <t>KS</t>
+  </si>
+  <si>
+    <t>913-321-7856</t>
+  </si>
+  <si>
+    <t>info@keystonelabs.com</t>
+  </si>
+  <si>
+    <t>Apr 30, 2027</t>
+  </si>
+  <si>
+    <t>Milk Regulatory Consultants</t>
+  </si>
+  <si>
+    <t>13213 Minnie St.</t>
+  </si>
+  <si>
+    <t>Russellville</t>
+  </si>
+  <si>
+    <t>Raymond Young</t>
+  </si>
+  <si>
+    <t>Owner/ Director</t>
+  </si>
+  <si>
+    <t>573-338-1785</t>
+  </si>
+  <si>
+    <t>Oct 31, 2026</t>
+  </si>
+  <si>
+    <t>Missouri American Water Co.-Branson Metro Laboratory</t>
+  </si>
+  <si>
+    <t>300 Terrace Road</t>
+  </si>
+  <si>
+    <t>Branson</t>
+  </si>
+  <si>
+    <t>Nathan Mitchell</t>
+  </si>
+  <si>
+    <t>Regional Water Quality Supervisor</t>
+  </si>
+  <si>
+    <t>417-626-8509</t>
+  </si>
+  <si>
+    <t>Missouri American Water Co.-Jefferson City</t>
+  </si>
+  <si>
+    <t>906 W. High St.</t>
+  </si>
+  <si>
+    <t>Jefferson City</t>
+  </si>
+  <si>
+    <t>Shelley Lane</t>
+  </si>
+  <si>
+    <t>573-636-8616</t>
+  </si>
+  <si>
+    <t>Dec 31, 2028</t>
+  </si>
+  <si>
+    <t>Missouri American Water Co.-Joplin</t>
+  </si>
+  <si>
+    <t>1118 W. 21st St.</t>
+  </si>
+  <si>
+    <t>Joplin</t>
+  </si>
+  <si>
+    <t>Water Quality Manager</t>
+  </si>
+  <si>
+    <t>Jan 31, 2027</t>
+  </si>
+  <si>
+    <t>Missouri American Water Co.-St. Joseph Water Plant</t>
+  </si>
+  <si>
+    <t>800 N.E. County Line Road</t>
+  </si>
+  <si>
+    <t>St. Joseph</t>
+  </si>
+  <si>
+    <t>Lisa Adams</t>
+  </si>
+  <si>
+    <t>Water Quality Supervisor</t>
+  </si>
+  <si>
+    <t>816-223-1671</t>
+  </si>
+  <si>
+    <t>Missouri American Water Co.-St. Louis County</t>
+  </si>
+  <si>
+    <t>901 Hog Hollow Road</t>
+  </si>
+  <si>
+    <t>Tim Ganz</t>
+  </si>
+  <si>
+    <t>Direction of Water Quality and Environmental Compliance</t>
+  </si>
+  <si>
+    <t>314-469-6050</t>
+  </si>
+  <si>
+    <t>Missouri American Water Co.-Warrensburg</t>
+  </si>
+  <si>
+    <t>1705 Montserrat Park Road</t>
+  </si>
+  <si>
+    <t>Warrensburg</t>
+  </si>
+  <si>
+    <t>Mar 31, 2026</t>
+  </si>
+  <si>
+    <t>Missouri Department of Health &amp; Senior Services-State Public Health Laboratory</t>
+  </si>
+  <si>
+    <t>101 N. Chestnut St.</t>
+  </si>
+  <si>
+    <t>P.O. Box 570</t>
+  </si>
+  <si>
+    <t>Alan Shaffer</t>
+  </si>
+  <si>
+    <t>Director</t>
+  </si>
+  <si>
+    <t>573-751-3334</t>
+  </si>
+  <si>
+    <t>Monett City Water Plant</t>
+  </si>
+  <si>
+    <t>Eisenhower Facility</t>
+  </si>
+  <si>
+    <t>217 Fifth St.</t>
+  </si>
+  <si>
+    <t>Monett</t>
+  </si>
+  <si>
+    <t>Paul Olsen</t>
+  </si>
+  <si>
+    <t>417-235-7455</t>
+  </si>
+  <si>
+    <t>Nevada Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>1300 W. Cherry St.</t>
+  </si>
+  <si>
+    <t>Nevada</t>
+  </si>
+  <si>
+    <t>Joseph Tipper</t>
+  </si>
+  <si>
+    <t>417-448-5117</t>
+  </si>
+  <si>
+    <t>Newton County Health Department Laboratory</t>
+  </si>
+  <si>
+    <t>812 W. Harmony St.</t>
+  </si>
+  <si>
+    <t>Neosho</t>
+  </si>
+  <si>
+    <t>Sarah Hughes</t>
+  </si>
+  <si>
+    <t>Supervisor/ Analyst</t>
+  </si>
+  <si>
+    <t>417-451-6549</t>
+  </si>
+  <si>
+    <t>May 31, 2027</t>
+  </si>
+  <si>
+    <t>North Central Missouri Regional Water Commission</t>
+  </si>
+  <si>
+    <t>21299 Highway 5</t>
+  </si>
+  <si>
+    <t>Milan</t>
+  </si>
+  <si>
+    <t>Brad Scott</t>
+  </si>
+  <si>
+    <t>General Manager</t>
+  </si>
+  <si>
+    <t>660-256-3807</t>
+  </si>
+  <si>
+    <t>ncmrwcwaterplant@gmail.com</t>
+  </si>
+  <si>
+    <t>Pace Analytical Services Inc.-Kansas</t>
+  </si>
+  <si>
+    <t>808 W. McKay St.</t>
+  </si>
+  <si>
+    <t>Frontenac</t>
+  </si>
+  <si>
+    <t>Robert Perez</t>
+  </si>
+  <si>
+    <t>Quality Assurance Services</t>
+  </si>
+  <si>
+    <t>913-563-1444</t>
+  </si>
+  <si>
+    <t>Pace Analytical Services LLC-Hazelwood</t>
+  </si>
+  <si>
+    <t>944 Anglum Road</t>
+  </si>
+  <si>
+    <t>Hazelwood</t>
+  </si>
+  <si>
+    <t>William Stork</t>
+  </si>
+  <si>
+    <t>Department Supervisor</t>
+  </si>
+  <si>
+    <t>314-432-0550</t>
+  </si>
+  <si>
+    <t>May 31, 2026</t>
+  </si>
+  <si>
+    <t>PACE Analytical Services LLC-Springfield</t>
+  </si>
+  <si>
+    <t>1805 W. Sunset St.</t>
+  </si>
+  <si>
+    <t>Ryley Gardner</t>
+  </si>
+  <si>
+    <t>417-864-8924</t>
+  </si>
+  <si>
+    <t>Mar 31, 2028</t>
+  </si>
+  <si>
+    <t>Perfect Water Testing</t>
+  </si>
+  <si>
+    <t>1600 W. Scenic Rivers Blvd.</t>
+  </si>
+  <si>
+    <t>PO Box 95</t>
+  </si>
+  <si>
+    <t>Salem</t>
+  </si>
+  <si>
+    <t>Wayna Woolman</t>
+  </si>
+  <si>
+    <t>573-729-6451</t>
+  </si>
+  <si>
+    <t>Nov 30, 2028</t>
+  </si>
+  <si>
+    <t>Perryville Water Treatment Plant</t>
+  </si>
+  <si>
+    <t>3698 Highway T</t>
+  </si>
+  <si>
+    <t>Perryville</t>
+  </si>
+  <si>
+    <t>Jeremy Meyer</t>
+  </si>
+  <si>
+    <t>573-547-2060</t>
+  </si>
+  <si>
+    <t>Premium Waters Inc. Central Laboratory</t>
+  </si>
+  <si>
+    <t>4301 N.W. Mattox Road</t>
+  </si>
+  <si>
+    <t>Riverside</t>
+  </si>
+  <si>
+    <t>Jaleesha Hall</t>
+  </si>
+  <si>
+    <t>Director of Quality Assurance</t>
+  </si>
+  <si>
+    <t>816-285-5745</t>
+  </si>
+  <si>
+    <t>R.M. Wester and Associates Inc.</t>
+  </si>
+  <si>
+    <t>215 Indacom Drive</t>
+  </si>
+  <si>
+    <t>St. Peters</t>
+  </si>
+  <si>
+    <t>Joseph Koch</t>
+  </si>
+  <si>
+    <t>636-928-9628</t>
+  </si>
+  <si>
+    <t>Jun 30, 2028</t>
+  </si>
+  <si>
+    <t>Rathbun Regional Water Association</t>
+  </si>
+  <si>
+    <t>16166 Highway J29</t>
+  </si>
+  <si>
+    <t>Jeremy Buckingham</t>
+  </si>
+  <si>
+    <t>Lab Manager</t>
+  </si>
+  <si>
+    <t>641-647-2416</t>
+  </si>
+  <si>
     <t>Jan 31, 2026</t>
-  </si>
-[...721 lines deleted...]
-    <t>641-647-2416</t>
   </si>
   <si>
     <t>Rolla Municipal Utilities Laboratory</t>
   </si>
   <si>
     <t>811 Highway O</t>
   </si>
   <si>
     <t>PO Box 767</t>
   </si>
   <si>
     <t>Rolla</t>
   </si>
   <si>
     <t>Robert Castle</t>
   </si>
   <si>
     <t>573-364-2195</t>
   </si>
   <si>
     <t>Apr 30, 2026</t>
   </si>
   <si>
     <t>Sedalia Water Department Laboratory</t>
   </si>
@@ -3702,612 +3705,612 @@
       </c>
       <c r="C54" s="1" t="s">
         <v>344</v>
       </c>
       <c r="D54" s="1"/>
       <c r="E54" s="1" t="s">
         <v>220</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>221</v>
       </c>
       <c r="G54" s="1">
         <v>52544</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>345</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>346</v>
       </c>
       <c r="J54" s="1" t="s">
         <v>347</v>
       </c>
       <c r="K54" s="1"/>
       <c r="L54" s="1" t="s">
-        <v>106</v>
+        <v>348</v>
       </c>
       <c r="M54" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>800</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G55" s="1">
         <v>65402</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K55" s="1"/>
       <c r="L55" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M55" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>270</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="1">
         <v>65301</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K56" s="1"/>
       <c r="L56" s="1" t="s">
         <v>318</v>
       </c>
       <c r="M56" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>271</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G57" s="1">
         <v>63801</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="K57" s="1"/>
       <c r="L57" s="1" t="s">
         <v>313</v>
       </c>
       <c r="M57" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>280</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D58" s="1"/>
       <c r="E58" s="1" t="s">
         <v>96</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G58" s="1">
         <v>65802</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>160</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="K58" s="1"/>
       <c r="L58" s="1" t="s">
         <v>125</v>
       </c>
       <c r="M58" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>190</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D59" s="1"/>
       <c r="E59" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G59" s="1">
         <v>63869</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="K59" s="1"/>
       <c r="L59" s="1" t="s">
         <v>195</v>
       </c>
       <c r="M59" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>260</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D60" s="1"/>
       <c r="E60" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G60" s="1">
         <v>63134</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K60" s="1"/>
       <c r="L60" s="1" t="s">
         <v>325</v>
       </c>
       <c r="M60" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>840</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D61" s="1"/>
       <c r="E61" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G61" s="1">
         <v>65737</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="K61" s="1"/>
       <c r="L61" s="1" t="s">
         <v>342</v>
       </c>
       <c r="M61" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>990</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D62" s="1"/>
       <c r="E62" s="1" t="s">
         <v>240</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G62" s="1">
         <v>65616</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="K62" s="1"/>
       <c r="L62" s="1" t="s">
         <v>86</v>
       </c>
       <c r="M62" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>930</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D63" s="1"/>
       <c r="E63" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G63" s="1">
         <v>62234</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="K63" s="1"/>
       <c r="L63" s="1" t="s">
         <v>237</v>
       </c>
       <c r="M63" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>11000</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D64" s="1"/>
       <c r="E64" s="1" t="s">
         <v>289</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G64" s="1">
         <v>64850</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="K64" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="L64" s="1" t="s">
         <v>254</v>
       </c>
       <c r="M64" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>17</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D65" s="1"/>
       <c r="E65" s="1" t="s">
         <v>198</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G65" s="1">
         <v>65020</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="K65" s="1"/>
       <c r="L65" s="1" t="s">
         <v>28</v>
       </c>
       <c r="M65" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>350</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G66" s="1">
         <v>64683</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="K66" s="1"/>
       <c r="L66" s="1" t="s">
         <v>180</v>
       </c>
       <c r="M66" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>960</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D67" s="1"/>
       <c r="E67" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G67" s="1">
         <v>64058</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="K67" s="1"/>
       <c r="L67" s="1" t="s">
         <v>59</v>
       </c>
       <c r="M67" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>680</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D68" s="1"/>
       <c r="E68" s="1" t="s">
         <v>252</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G68" s="1">
         <v>64804</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="K68" s="1"/>
       <c r="L68" s="1" t="s">
         <v>132</v>
       </c>
       <c r="M68" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>10120</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D69" s="1"/>
       <c r="E69" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G69" s="1">
         <v>65401</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="K69" s="1"/>
       <c r="L69" s="1" t="s">
         <v>180</v>
       </c>
       <c r="M69" s="1" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>