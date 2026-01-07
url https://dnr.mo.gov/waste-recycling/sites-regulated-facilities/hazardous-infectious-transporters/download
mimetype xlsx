--- v0 (2025-12-26)
+++ v1 (2026-01-07)
@@ -3959,51 +3959,51 @@
   <si>
     <t>P.O. Box 886</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>972-923-2250</t>
   </si>
   <si>
     <t>01/24/2026</t>
   </si>
   <si>
     <t>Class 2 - GasesClass 3 - Flammable LiquidsClass 4 - Flammable SolidsClass 5 - Oxidizers/Organic PeroxidesClass 9 - Miscellaneous</t>
   </si>
   <si>
     <t>TXR000083186</t>
   </si>
   <si>
     <t>Schst Inc.</t>
   </si>
   <si>
     <t>12214 Aqueduct Road</t>
   </si>
   <si>
-    <t>01/30/2026</t>
+    <t>01/30/2027</t>
   </si>
   <si>
     <t>TXR000083462</t>
   </si>
   <si>
     <t>G L Morris Enterprises Inc.</t>
   </si>
   <si>
     <t>2425 Parker Road Building 3B</t>
   </si>
   <si>
     <t>Carrollton</t>
   </si>
   <si>
     <t>817-691-7554</t>
   </si>
   <si>
     <t>07/18/2026</t>
   </si>
   <si>
     <t>TXR000084265</t>
   </si>
   <si>
     <t>Ambipar Response AIE LLC</t>
   </si>